--- v0 (2025-10-01)
+++ v1 (2026-01-09)
@@ -1,54 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="291D93B3" w14:textId="433B628A" w:rsidR="7914DE31" w:rsidRDefault="7914DE31" w:rsidP="7914DE31">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42C90A04" w14:textId="77777777" w:rsidR="00E43B6C" w:rsidRDefault="00E43B6C" w:rsidP="00E322A0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:smallCaps/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:smallCaps/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>THE LEITHWOOD AWARD:</w:t>
@@ -107,83 +108,97 @@
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Award: the OISE </w:t>
       </w:r>
       <w:r w:rsidRPr="00C52FDA">
         <w:rPr>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Outstanding Thesis of the Year</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">is a cash award supported by fundraising on the occasion of the retirement of Dr. Ken </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">is a cash award supported by fundraising </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Leithwood</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>on the occasion of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>, and by the OISE Dean’s Office.  The competition is open for doctoral theses in education completed</w:t>
+        <w:t xml:space="preserve"> the retirement of Dr. Ken Leithwood, and by the OISE Dean’s Office.  The competition is open for doctoral theses in education completed</w:t>
       </w:r>
       <w:r w:rsidR="00FA241D">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> at OISE between January 1 and December 31</w:t>
       </w:r>
       <w:r w:rsidR="00E325E5">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the year prior to the deadline</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Studies using any research approach (ethnographic, experimental, historical, survey, etc.) are encouraged. Each study will be assessed in light of this approach, the scholarly quality of the dissertation, and the significance of its contributions to knowledge in education. </w:t>
+        <w:t xml:space="preserve">. Studies using any research approach (ethnographic, experimental, historical, survey, etc.) are encouraged. Each study will be assessed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>in light of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this approach, the scholarly quality of the dissertation, and the significance of its contributions to knowledge in education. </w:t>
       </w:r>
       <w:r w:rsidR="00D93148" w:rsidRPr="007971A7">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Theses that combine theory and practice to inform relevant policy decisions will also be considered.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="672A6659" w14:textId="77777777" w:rsidR="00E322A0" w:rsidRDefault="00E322A0" w:rsidP="00E322A0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04AE7C60" w14:textId="6257C102" w:rsidR="00E322A0" w:rsidRDefault="00E322A0" w:rsidP="39F352A8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -199,95 +214,152 @@
         </w:rPr>
         <w:t>Leithwood</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> when he was Associate Dean of Research at OISE. During Dr. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Leithwood’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> long career at OISE, he supervised close to 90 doctoral dissertations. His graduates are now on the faculty of most Educational Administration programs in North America. His research on educational leadership and educational change has contributed to shaping theory, policy and practice in most jurisdictions in Canada, and indeed, across the English-speaking world. His work in England, the United States and Australia has guided the formation of policy on leadership development, educational</w:t>
+        <w:t xml:space="preserve"> long career at OISE, he supervised close to 90 doctoral dissertations. His graduates are now </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the faculty of most Educational Administration programs in North America. His research on educational leadership and educational change has contributed to shaping theory, policy and practice in most jurisdictions in Canada, and indeed, across the English-speaking world. His work in England, the United States and Australia </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guided the formation of policy on leadership development, educational</w:t>
       </w:r>
       <w:r w:rsidR="00E154B2" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reform, and teacher practice. </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">In light of this close connection between Dr. </w:t>
+        <w:t>In light of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this close connection between Dr. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Leithwood’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> research and the practice of education across the country, the exceptiona</w:t>
       </w:r>
       <w:r w:rsidR="00FA241D" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">l work he has done with so many </w:t>
       </w:r>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">graduate students, and the high standards he has set for research in the academy, this award has been named in his </w:t>
+        <w:t xml:space="preserve">graduate students, and the high standards he has set for research in the academy, this award has been </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>named</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in his </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hono</w:t>
       </w:r>
       <w:r w:rsidR="00326AC1" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="39F352A8">
@@ -307,51 +379,65 @@
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to celebrate the finest scholarly work in educational research in this country.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A37501D" w14:textId="77777777" w:rsidR="00B50C5C" w:rsidRDefault="00B50C5C" w:rsidP="00B1625A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43B27697" w14:textId="77777777" w:rsidR="00B50C5C" w:rsidRPr="00B50C5C" w:rsidRDefault="00B50C5C" w:rsidP="00B50C5C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B50C5C">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>The award will normally be presented to the recipient at an OISE event [to be confirmed] and the recipient will receive an award cheque of $500.</w:t>
+        <w:t xml:space="preserve">The award will normally be presented to the recipient at an OISE event [to be confirmed] and the recipient will receive an award cheque </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B50C5C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B50C5C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $500.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FA1DE59" w14:textId="77777777" w:rsidR="00E322A0" w:rsidRPr="00E325E5" w:rsidRDefault="00E322A0" w:rsidP="00E325E5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Purpose of Award</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420D450C" w14:textId="77777777" w:rsidR="00E322A0" w:rsidRDefault="00E322A0" w:rsidP="00E322A0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
@@ -744,1892 +830,1525 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4F95A2AE" w14:textId="1F11B9E6" w:rsidR="7914DE31" w:rsidRDefault="7914DE31" w:rsidP="7914DE31">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="683B98DB" w14:textId="77777777" w:rsidR="00E322A0" w:rsidRDefault="00E322A0" w:rsidP="00E322A0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Submission Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C15F33" w14:textId="011C13D0" w:rsidR="00E322A0" w:rsidRDefault="00E322A0" w:rsidP="4486CB3D">
-      <w:pPr>
+    <w:p w14:paraId="45083FE5" w14:textId="77777777" w:rsidR="0039434A" w:rsidRDefault="00E322A0" w:rsidP="4486CB3D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Each entry must include</w:t>
+      </w:r>
+      <w:r w:rsidR="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E2E8D9" w14:textId="77777777" w:rsidR="0039434A" w:rsidRDefault="0039434A" w:rsidP="4486CB3D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67ECCAEC" w14:textId="0231B0F5" w:rsidR="00D54FBA" w:rsidRDefault="00D54FBA" w:rsidP="00D54FBA">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a completed </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pplication </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orm (see </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">next page </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>below)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BF05689" w14:textId="725336F6" w:rsidR="0039434A" w:rsidRDefault="00E322A0" w:rsidP="0039434A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-page </w:t>
+      </w:r>
+      <w:r w:rsidR="0028064E" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>written report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0028064E" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">summarizing the thesis and how it meets the above criteria </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006E0AEF" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maximum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6 pages </w:t>
+      </w:r>
+      <w:r w:rsidR="0028064E" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">excluding </w:t>
+      </w:r>
+      <w:r w:rsidR="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">list of </w:t>
+      </w:r>
+      <w:r w:rsidR="0028064E" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">references </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at least </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:r w:rsidR="005A1D57" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pt.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> font, single spaced), </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60549453" w14:textId="77777777" w:rsidR="0039434A" w:rsidRDefault="00E322A0" w:rsidP="0039434A">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0039434A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>signed L</w:t>
+      </w:r>
+      <w:r w:rsidR="0028064E" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">etter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="0039434A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="0028064E" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ecommendation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>from the faculty supervisor</w:t>
+      </w:r>
+      <w:r w:rsidR="270D7B2C" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (maximum 3 pages</w:t>
+      </w:r>
+      <w:r w:rsidR="7524AEFA" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at least </w:t>
+      </w:r>
+      <w:r w:rsidR="7524AEFA" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12 pt. font, single spaced</w:t>
+      </w:r>
+      <w:r w:rsidR="270D7B2C" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B6295" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6829E383" w14:textId="77777777" w:rsidR="0039434A" w:rsidRDefault="0039434A" w:rsidP="0039434A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="311C00EC" w14:textId="73C4C05A" w:rsidR="0039434A" w:rsidRPr="0039434A" w:rsidRDefault="003B6295" w:rsidP="0039434A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Both the </w:t>
+      </w:r>
+      <w:r w:rsidR="0028064E" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>written report</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93B92" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">letter </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00A93B92" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recommendation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>should be written for a non-specialist audience.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E322A0" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidR="0039434A" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nominees’</w:t>
+      </w:r>
+      <w:r w:rsidR="00E322A0" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> department must</w:t>
+      </w:r>
+      <w:r w:rsidR="0028064E" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also</w:t>
+      </w:r>
+      <w:r w:rsidR="00E322A0" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> endorse </w:t>
+      </w:r>
+      <w:r w:rsidR="008401AC" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidR="00E322A0" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nomination</w:t>
+      </w:r>
+      <w:r w:rsidR="0028064E" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> via the Department Chair’s signature on the application form (there is no maximum number of nominations per department)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E322A0" w:rsidRPr="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D48C588" w14:textId="77777777" w:rsidR="0039434A" w:rsidRDefault="0039434A" w:rsidP="4486CB3D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C26D6BA" w14:textId="77777777" w:rsidR="0039434A" w:rsidRDefault="00E322A0" w:rsidP="4486CB3D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applications must be received no later than </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5A54" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>12noon February 15th</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5A54" w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BF5A54" w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>theses</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BF5A54" w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completed between January 1 and December 31 in the previous calendar year. If </w:t>
+      </w:r>
+      <w:r w:rsidR="0039434A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>February 15th</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF5A54" w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> falls on a weekend or public holiday observed by University of Toronto, the deadline is 12noon on the next business day. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462CF9A1" w14:textId="77777777" w:rsidR="0039434A" w:rsidRDefault="0039434A" w:rsidP="4486CB3D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68C15F33" w14:textId="29088041" w:rsidR="00E322A0" w:rsidRDefault="00BF5A54" w:rsidP="4486CB3D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Each entry must include a </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="39F352A8">
+        <w:t>Applications</w:t>
+      </w:r>
+      <w:r w:rsidR="00E322A0" w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be </w:t>
+      </w:r>
+      <w:r w:rsidR="00F77D88" w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sent</w:t>
+      </w:r>
+      <w:r w:rsidR="00E322A0" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0028064E" w:rsidRPr="39F352A8">
-[...251 lines deleted...]
-        <w:t xml:space="preserve"> should be </w:t>
+      <w:r w:rsidR="00A71137" w:rsidRPr="39F352A8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="00F77D88" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>sent</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> pdf </w:t>
       </w:r>
       <w:r w:rsidR="00A71137" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>in</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">form </w:t>
       </w:r>
-      <w:r w:rsidRPr="39F352A8">
+      <w:r w:rsidR="00E322A0" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
       <w:r w:rsidR="004B2842" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Research Office by email </w:t>
       </w:r>
       <w:r w:rsidR="006E0AEF" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00DB18D1" w:rsidRPr="39F352A8">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>OISE.research@utoronto.ca</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="39F352A8">
+      <w:r w:rsidR="00E322A0" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="39F352A8">
+      <w:r w:rsidR="00E322A0" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Late applications will not be considered.</w:t>
       </w:r>
       <w:r w:rsidR="009450A2" w:rsidRPr="39F352A8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please note that applications MUST be sent by email – hard copy applications will not be accepted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DAB6C7B" w14:textId="77777777" w:rsidR="009450A2" w:rsidRDefault="009450A2" w:rsidP="00E322A0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="423F57E1" w14:textId="77777777" w:rsidR="009450A2" w:rsidRDefault="009450A2" w:rsidP="00E322A0">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">For any queries please contact </w:t>
+        <w:t xml:space="preserve">For any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>queries</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00890A10">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>oise.research@utoronto.ca</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02EB378F" w14:textId="77777777" w:rsidR="00E322A0" w:rsidRDefault="00E322A0" w:rsidP="00E322A0">
+    <w:p w14:paraId="5812A273" w14:textId="77777777" w:rsidR="0039434A" w:rsidRDefault="0039434A" w:rsidP="00E322A0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="029C1145" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRDefault="006A01BB" w:rsidP="00E322A0">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:smallCaps/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="4486CB3D">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51548DB9" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRDefault="006A01BB" w:rsidP="00E322A0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="780B862F" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRDefault="006A01BB" w:rsidP="00E322A0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287A24DA" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRDefault="006A01BB" w:rsidP="00E322A0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="099F64AC" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRDefault="006A01BB" w:rsidP="00E322A0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07FB06EF" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRDefault="006A01BB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65376A92" w14:textId="77777777" w:rsidR="00E322A0" w:rsidRDefault="00E322A0" w:rsidP="00E322A0">
+    <w:p w14:paraId="3205E8E7" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRPr="009C51CF" w:rsidRDefault="006A01BB" w:rsidP="006A01BB">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:jc w:val="center"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C51CF">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>APPLICATION FORM</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72A3D3EC" w14:textId="77777777" w:rsidR="00E322A0" w:rsidRDefault="00E322A0" w:rsidP="00E322A0">
+    <w:p w14:paraId="27C4A862" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRDefault="006A01BB" w:rsidP="006A01BB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="283EF798" w14:textId="77777777" w:rsidR="00E322A0" w:rsidRDefault="00182E52" w:rsidP="00E322A0">
+    <w:p w14:paraId="3E7C6F80" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRDefault="006A01BB" w:rsidP="006A01BB">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:smallCaps/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:smallCaps/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Leithwood</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:smallCaps/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> award for </w:t>
-[...216 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> award for Outstanding Thesis of the Year</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6C7034" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRDefault="006A01BB" w:rsidP="00E322A0">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="795CE078" w14:textId="162CF2F9" w:rsidR="006A01BB" w:rsidRPr="00236EC7" w:rsidRDefault="006A01BB" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Name of nominee:</w:t>
+      </w:r>
+      <w:r w:rsidR="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0908FDB9" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRPr="00236EC7" w:rsidRDefault="006A01BB" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="170E0AE9" w14:textId="3F7E69C1" w:rsidR="006A01BB" w:rsidRPr="00236EC7" w:rsidRDefault="006A01BB" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Department:</w:t>
       </w:r>
-    </w:p>
-[...89 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00236EC7" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B0B8D7D" w14:textId="77777777" w:rsidR="006A01BB" w:rsidRPr="00236EC7" w:rsidRDefault="006A01BB" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="576258FD" w14:textId="31250708" w:rsidR="006A01BB" w:rsidRPr="00236EC7" w:rsidRDefault="006A01BB" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236EC7" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20826818" w14:textId="77777777" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="367F5AC7" w14:textId="25F3BDFB" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Thesis Title:</w:t>
       </w:r>
-    </w:p>
-[...785 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00236EC7" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="411D5778" w14:textId="77777777" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55365D29" w14:textId="38D07C10" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date of Completion:</w:t>
+      </w:r>
+      <w:r w:rsidR="00236EC7" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F6ED0BB" w14:textId="77777777" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="498A9D57" w14:textId="3EA8D2F1" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Name of Faculty Supervisor:</w:t>
+      </w:r>
+      <w:r w:rsidR="00236EC7" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BAA86DD" w14:textId="77777777" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38AED783" w14:textId="4614D4C2" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature of Faculty Supervisor:</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00236EC7" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="023B4FC5" w14:textId="77777777" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="619165F2" w14:textId="4271452C" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name of Department Chair:</w:t>
       </w:r>
-    </w:p>
-[...84 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00236EC7" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A5D210C" w14:textId="77777777" w:rsidR="00674A1E" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1328D0E5" w14:textId="17C082E6" w:rsidR="00470287" w:rsidRPr="00236EC7" w:rsidRDefault="00674A1E" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Signature of Department Chair:</w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-    <w:sectPr w:rsidR="18AD156B" w:rsidSect="00E325E5">
+      <w:r w:rsidR="00236EC7" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5553D46D" w14:textId="77777777" w:rsidR="00470287" w:rsidRPr="00236EC7" w:rsidRDefault="00470287" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02EB378F" w14:textId="70A8F927" w:rsidR="00E322A0" w:rsidRPr="00236EC7" w:rsidRDefault="00470287" w:rsidP="00674A1E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Brief </w:t>
+      </w:r>
+      <w:r w:rsidR="00B434B4" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Summary</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Research (</w:t>
+      </w:r>
+      <w:r w:rsidR="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">maximum </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B434B4" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>0 words</w:t>
+      </w:r>
+      <w:r w:rsidR="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00236EC7" w:rsidRPr="00236EC7">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00E322A0" w:rsidRPr="00236EC7" w:rsidSect="00E325E5">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="1077" w:bottom="1304" w:left="810" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="525A7C1B" w14:textId="77777777" w:rsidR="000C39D3" w:rsidRDefault="000C39D3" w:rsidP="00BC110D">
+    <w:p w14:paraId="6D6ED1EA" w14:textId="77777777" w:rsidR="009D4E6C" w:rsidRDefault="009D4E6C" w:rsidP="00BC110D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F0EC5C1" w14:textId="77777777" w:rsidR="000C39D3" w:rsidRDefault="000C39D3" w:rsidP="00BC110D">
+    <w:p w14:paraId="4504E18B" w14:textId="77777777" w:rsidR="009D4E6C" w:rsidRDefault="009D4E6C" w:rsidP="00BC110D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06850F2B" w14:textId="77777777" w:rsidR="000C39D3" w:rsidRDefault="000C39D3" w:rsidP="00BC110D">
+    <w:p w14:paraId="5D590506" w14:textId="77777777" w:rsidR="009D4E6C" w:rsidRDefault="009D4E6C" w:rsidP="00BC110D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54F1DE89" w14:textId="77777777" w:rsidR="000C39D3" w:rsidRDefault="000C39D3" w:rsidP="00BC110D">
+    <w:p w14:paraId="3D130596" w14:textId="77777777" w:rsidR="009D4E6C" w:rsidRDefault="009D4E6C" w:rsidP="00BC110D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01D04895"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BF3612F0"/>
+    <w:lvl w:ilvl="0" w:tplc="10090011">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1A5B410A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BBBA727A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="·"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="10090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2699,168 +2418,191 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="10090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="468786877">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="670644326">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3701" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00184ED4"/>
     <w:rsid w:val="000373C6"/>
     <w:rsid w:val="0005233C"/>
     <w:rsid w:val="0005609B"/>
     <w:rsid w:val="00073BE4"/>
     <w:rsid w:val="00090071"/>
+    <w:rsid w:val="000B01F0"/>
     <w:rsid w:val="000C39D3"/>
     <w:rsid w:val="00124939"/>
+    <w:rsid w:val="0013135C"/>
     <w:rsid w:val="001437F5"/>
     <w:rsid w:val="00182E52"/>
     <w:rsid w:val="00184ED4"/>
     <w:rsid w:val="001F1DEC"/>
     <w:rsid w:val="002259F5"/>
+    <w:rsid w:val="00236EC7"/>
     <w:rsid w:val="00244189"/>
     <w:rsid w:val="002461C9"/>
     <w:rsid w:val="002734A1"/>
     <w:rsid w:val="0028064E"/>
     <w:rsid w:val="00287EAA"/>
+    <w:rsid w:val="002A3434"/>
     <w:rsid w:val="002F6F89"/>
     <w:rsid w:val="00326AC1"/>
     <w:rsid w:val="003310E7"/>
+    <w:rsid w:val="0039434A"/>
     <w:rsid w:val="003A4589"/>
     <w:rsid w:val="003B6295"/>
     <w:rsid w:val="003E08CD"/>
     <w:rsid w:val="004156D2"/>
     <w:rsid w:val="00451AC5"/>
+    <w:rsid w:val="00470287"/>
     <w:rsid w:val="00493009"/>
     <w:rsid w:val="00495D69"/>
     <w:rsid w:val="004B1ADD"/>
     <w:rsid w:val="004B2842"/>
     <w:rsid w:val="004E790E"/>
     <w:rsid w:val="00596A7F"/>
     <w:rsid w:val="005A1D57"/>
     <w:rsid w:val="005A36A8"/>
     <w:rsid w:val="005E4E16"/>
     <w:rsid w:val="0067342A"/>
+    <w:rsid w:val="00674A1E"/>
     <w:rsid w:val="00693AE3"/>
+    <w:rsid w:val="006959F2"/>
+    <w:rsid w:val="006A01BB"/>
     <w:rsid w:val="006C566D"/>
     <w:rsid w:val="006E0AEF"/>
     <w:rsid w:val="0070717B"/>
     <w:rsid w:val="00720024"/>
     <w:rsid w:val="00731059"/>
+    <w:rsid w:val="00736A11"/>
     <w:rsid w:val="00741C9B"/>
+    <w:rsid w:val="00763735"/>
     <w:rsid w:val="007C2115"/>
     <w:rsid w:val="0083194B"/>
     <w:rsid w:val="008352C6"/>
+    <w:rsid w:val="008401AC"/>
     <w:rsid w:val="008450A1"/>
     <w:rsid w:val="008701AC"/>
     <w:rsid w:val="008E411A"/>
     <w:rsid w:val="009450A2"/>
     <w:rsid w:val="009544F3"/>
     <w:rsid w:val="009B6DF7"/>
+    <w:rsid w:val="009C1249"/>
+    <w:rsid w:val="009C51CF"/>
+    <w:rsid w:val="009D4E6C"/>
     <w:rsid w:val="00A03C9C"/>
     <w:rsid w:val="00A2378E"/>
     <w:rsid w:val="00A40CEE"/>
     <w:rsid w:val="00A430D7"/>
     <w:rsid w:val="00A56F4E"/>
     <w:rsid w:val="00A71137"/>
     <w:rsid w:val="00A93B92"/>
     <w:rsid w:val="00A95B4E"/>
     <w:rsid w:val="00AB2953"/>
+    <w:rsid w:val="00AB3843"/>
     <w:rsid w:val="00AE7C5D"/>
     <w:rsid w:val="00B12122"/>
     <w:rsid w:val="00B1625A"/>
+    <w:rsid w:val="00B43416"/>
+    <w:rsid w:val="00B434B4"/>
     <w:rsid w:val="00B50C5C"/>
     <w:rsid w:val="00BC110D"/>
     <w:rsid w:val="00BE6048"/>
     <w:rsid w:val="00BF5A54"/>
     <w:rsid w:val="00C150AA"/>
     <w:rsid w:val="00C227D9"/>
     <w:rsid w:val="00C37C6B"/>
     <w:rsid w:val="00C62729"/>
     <w:rsid w:val="00C67C9E"/>
     <w:rsid w:val="00CA35AA"/>
+    <w:rsid w:val="00CC2945"/>
     <w:rsid w:val="00CC6B57"/>
     <w:rsid w:val="00CD462B"/>
+    <w:rsid w:val="00D54FBA"/>
     <w:rsid w:val="00D81D36"/>
     <w:rsid w:val="00D920B6"/>
     <w:rsid w:val="00D93148"/>
     <w:rsid w:val="00DB18D1"/>
     <w:rsid w:val="00DB2B39"/>
     <w:rsid w:val="00DF151E"/>
     <w:rsid w:val="00E154B2"/>
     <w:rsid w:val="00E322A0"/>
     <w:rsid w:val="00E325E5"/>
     <w:rsid w:val="00E43B6C"/>
     <w:rsid w:val="00E44B4E"/>
     <w:rsid w:val="00EB1376"/>
     <w:rsid w:val="00EC04BD"/>
     <w:rsid w:val="00EE098A"/>
     <w:rsid w:val="00F77D88"/>
     <w:rsid w:val="00F8110A"/>
     <w:rsid w:val="00FA241D"/>
     <w:rsid w:val="00FA658F"/>
     <w:rsid w:val="00FF2859"/>
     <w:rsid w:val="00FF5E79"/>
     <w:rsid w:val="0163D6ED"/>
     <w:rsid w:val="0549D075"/>
     <w:rsid w:val="06161074"/>
     <w:rsid w:val="18AD156B"/>
     <w:rsid w:val="1ED100F2"/>
@@ -2898,51 +2640,51 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapRight/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="subSup"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-CA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="380C87A7"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{080C4C22-ACEE-48AB-991C-A5D826421031}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3560,51 +3302,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BC110D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009450A2"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:oise.research@utoronto.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OISE.research@utoronto.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -3869,56 +3611,65 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SSHRCInsightDevelopmentgrantresources xmlns="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5" xsi:nil="true"/>
+    <documenttype xmlns="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5" xsi:nil="true"/>
+    <Key_x0020_words xmlns="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5" xsi:nil="true"/>
+    <Yeardocumentcreated xmlns="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5" xsi:nil="true"/>
+    <Department xmlns="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5" xsi:nil="true"/>
+    <Author_x0020_last_x0020_name xmlns="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5" xsi:nil="true"/>
+    <SSHRC xmlns="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5" xsi:nil="true"/>
+    <TaxCatchAll xmlns="46613ad1-d9d0-48af-b614-da79922bd429" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F90B1FD9C0B9DB4D809FB432EAEF71CC" ma:contentTypeVersion="25" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d961243a97e6994643c37c5efb22764e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5" xmlns:ns3="46613ad1-d9d0-48af-b614-da79922bd429" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1bc8f9f795fd130f021b2b21848c76be" ns2:_="" ns3:_="">
     <xsd:import namespace="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5"/>
     <xsd:import namespace="46613ad1-d9d0-48af-b614-da79922bd429"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SSHRCInsightDevelopmentgrantresources" minOccurs="0"/>
                 <xsd:element ref="ns2:SSHRC" minOccurs="0"/>
                 <xsd:element ref="ns2:Department" minOccurs="0"/>
                 <xsd:element ref="ns2:documenttype" minOccurs="0"/>
                 <xsd:element ref="ns2:Author_x0020_last_x0020_name" minOccurs="0"/>
                 <xsd:element ref="ns2:Key_x0020_words" minOccurs="0"/>
                 <xsd:element ref="ns2:Yeardocumentcreated" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
@@ -4189,120 +3940,117 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82CB953E-035A-4893-B136-401FC7AFC793}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8156F2A5-A9DC-4E48-8C88-1A051C84F178}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5"/>
+    <ds:schemaRef ds:uri="46613ad1-d9d0-48af-b614-da79922bd429"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFC32C36-B9FD-4897-AD44-DD9043B5C714}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d93e0509-4019-44e2-ba30-2eb3b9b6b8e5"/>
     <ds:schemaRef ds:uri="46613ad1-d9d0-48af-b614-da79922bd429"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8156F2A5-A9DC-4E48-8C88-1A051C84F178}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82CB953E-035A-4893-B136-401FC7AFC793}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="46613ad1-d9d0-48af-b614-da79922bd429"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{78aac226-2f03-4b4d-9037-b46d56c55210}" enabled="0" method="" siteId="{78aac226-2f03-4b4d-9037-b46d56c55210}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>752</Words>
-  <Characters>4290</Characters>
+  <Words>755</Words>
+  <Characters>4214</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>96</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>OISE</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5032</CharactersWithSpaces>
+  <CharactersWithSpaces>4969</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Blair Mascall</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F90B1FD9C0B9DB4D809FB432EAEF71CC</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>